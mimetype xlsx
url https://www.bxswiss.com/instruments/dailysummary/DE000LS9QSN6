--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb8a7c86d59a448d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra01e5217c899424b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56cbdd92c7564072"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f3433876be340b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdf2da727e78453f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56cbdd92c7564072" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde8ea545b04c4e0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f3433876be340b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alex Growth Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QSN6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,440</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,113</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>