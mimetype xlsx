--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra01e5217c899424b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9acb703105e45d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f3433876be340b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69f1bf961800431f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde8ea545b04c4e0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f3433876be340b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad0de678e3304ecf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69f1bf961800431f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alex Growth Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QSN6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...463 lines deleted...]
-          <x:t>185,505</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>185,391</x:t>
-[...166 lines deleted...]
-          <x:t>188,113</x:t>
+          <x:t>188,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>