--- v2 (2025-12-20)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9acb703105e45d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3302acde1af4e63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69f1bf961800431f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R226d00ef5ba94942"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad0de678e3304ecf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69f1bf961800431f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84cdc671fd494c11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R226d00ef5ba94942" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alex Growth Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QSN6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,738</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>