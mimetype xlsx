--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3302acde1af4e63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra09b586f3fd046db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R226d00ef5ba94942"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7a2e43a07b84776"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84cdc671fd494c11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R226d00ef5ba94942" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb14813aa9344460e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7a2e43a07b84776" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alex Growth Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QSN6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,907</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,219</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>