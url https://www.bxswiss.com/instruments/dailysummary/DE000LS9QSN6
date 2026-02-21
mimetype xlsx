--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra09b586f3fd046db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1e89d61af6d4875" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7a2e43a07b84776"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ed2c3bab30f458b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb14813aa9344460e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7a2e43a07b84776" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fe5601c966b4d6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ed2c3bab30f458b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alex Growth Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QSN6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...193 lines deleted...]
-          <x:t>188,555</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,883</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...131 lines deleted...]
-          <x:t>191,383</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>190,874</x:t>
-[...107 lines deleted...]
-          <x:t>192,219</x:t>
+          <x:t>189,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,645</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>