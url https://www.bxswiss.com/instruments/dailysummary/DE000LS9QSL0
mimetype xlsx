--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4015f3cfdcf4797" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ca589205c4e45e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3310d433d220400e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb21fbb958826428c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R652742a9458d48ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3310d433d220400e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c353fbafd8e4d9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb21fbb958826428c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FANG  US TEC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QSL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,551</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,163</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>