--- v1 (2025-11-21)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ca589205c4e45e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc85c5010756d4e7e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb21fbb958826428c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4877263c26e54e3f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c353fbafd8e4d9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb21fbb958826428c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbed2d632bbcd4a9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4877263c26e54e3f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FANG  US TEC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QSL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...269 lines deleted...]
-          <x:t>03.11.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>272,415</x:t>
-[...360 lines deleted...]
-          <x:t>263,163</x:t>
+          <x:t>261,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>