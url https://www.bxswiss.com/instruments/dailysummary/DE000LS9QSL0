--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc85c5010756d4e7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R485c622b45984663" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4877263c26e54e3f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R873d254a92a64fbf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbed2d632bbcd4a9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4877263c26e54e3f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfed96d4341314e43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R873d254a92a64fbf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FANG  US TEC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QSL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,726</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,979</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>