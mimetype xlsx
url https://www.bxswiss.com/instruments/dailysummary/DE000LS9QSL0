--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R485c622b45984663" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56c408d9401943e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R873d254a92a64fbf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64da389d030843cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfed96d4341314e43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R873d254a92a64fbf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R393e18e985994e5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64da389d030843cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FANG  US TEC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QSL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>270,979</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,705</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>