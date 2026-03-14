--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56c408d9401943e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7af7f6b11aef42db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64da389d030843cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd665bbf395c40ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R393e18e985994e5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64da389d030843cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R319534123cbf459d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd665bbf395c40ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FANG  US TEC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QSL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,953</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,963</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>