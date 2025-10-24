--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc0e2398f15b4b72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5855394d50e64355" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78d0a61a18e949ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf702b2abc8d243ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R838a1d86783745f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78d0a61a18e949ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1a61cc6aad94d59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf702b2abc8d243ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top25US Mitarbeiterzufriedenheit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QSH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...252 lines deleted...]
-          <x:t>217,710</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,570</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...379 lines deleted...]
-          <x:t>218,270</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,632</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>