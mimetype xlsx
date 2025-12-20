--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5855394d50e64355" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf731e174336b44db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf702b2abc8d243ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8f9a14ce6d2425f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1a61cc6aad94d59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf702b2abc8d243ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86f03bdf331c444f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8f9a14ce6d2425f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top25US Mitarbeiterzufriedenheit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QSH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>214,632</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,158</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>