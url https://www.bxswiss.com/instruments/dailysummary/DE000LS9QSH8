--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf731e174336b44db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc764bf7036424dad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8f9a14ce6d2425f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcbc530e3e824b9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86f03bdf331c444f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8f9a14ce6d2425f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde92db4518b94679" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcbc530e3e824b9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top25US Mitarbeiterzufriedenheit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QSH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...269 lines deleted...]
-          <x:t>02.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>220,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>222,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>221,741</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>220,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,917</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,744</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>