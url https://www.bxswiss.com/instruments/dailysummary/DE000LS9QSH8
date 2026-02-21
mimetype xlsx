--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc764bf7036424dad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9453cd5fb70643fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcbc530e3e824b9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c42b7c4ccb24e8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde92db4518b94679" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcbc530e3e824b9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e48edac370040e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c42b7c4ccb24e8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top25US Mitarbeiterzufriedenheit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QSH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>228,744</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,352</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>