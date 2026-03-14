--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9453cd5fb70643fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c44fc1bb4164f39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c42b7c4ccb24e8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb6aef1d70e941bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e48edac370040e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c42b7c4ccb24e8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55dde10925604fa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb6aef1d70e941bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top25US Mitarbeiterzufriedenheit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QSH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,044</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,352</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>