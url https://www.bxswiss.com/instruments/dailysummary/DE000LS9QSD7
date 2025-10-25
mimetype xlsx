--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb54d62ae2fc84a0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34655fe13ac94bf5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00154497ba1f482a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b730745ac8a4e6f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ff409e76a494149" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00154497ba1f482a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53d1eaf0d3db41cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b730745ac8a4e6f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrend Wasserstoff H2</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QSD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,708</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,804</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,414</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>