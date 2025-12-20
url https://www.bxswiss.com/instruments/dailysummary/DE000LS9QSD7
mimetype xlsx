--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34655fe13ac94bf5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf63d13e061724f63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b730745ac8a4e6f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb63167762514d8c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53d1eaf0d3db41cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b730745ac8a4e6f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9842edd36483459f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb63167762514d8c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrend Wasserstoff H2</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QSD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>91,414</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,451</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>