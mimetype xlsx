--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf63d13e061724f63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1697b08e64b5497f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb63167762514d8c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb0a20ebed044b26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9842edd36483459f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb63167762514d8c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref78ce217d35496c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb0a20ebed044b26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrend Wasserstoff H2</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QSD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...225 lines deleted...]
-          <x:t>96,442</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,282</x:t>
-[...404 lines deleted...]
-          <x:t>89,451</x:t>
+          <x:t>90,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>