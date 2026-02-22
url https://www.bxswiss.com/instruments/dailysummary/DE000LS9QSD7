--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1697b08e64b5497f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb530bc065ef145ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb0a20ebed044b26"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05244068e9ef4cf6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref78ce217d35496c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb0a20ebed044b26" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R478e915502314fdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05244068e9ef4cf6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrend Wasserstoff H2</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QSD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>95,075</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,549</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>