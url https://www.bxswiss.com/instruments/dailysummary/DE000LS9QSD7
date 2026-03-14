--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb530bc065ef145ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2d580e40beb419d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05244068e9ef4cf6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04656de92dfe493d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R478e915502314fdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05244068e9ef4cf6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52bced00349e4438" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04656de92dfe493d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrend Wasserstoff H2</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QSD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...252 lines deleted...]
-          <x:t>100,641</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,689</x:t>
-[...350 lines deleted...]
-          <x:t>100,549</x:t>
+          <x:t>101,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,044</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>