--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R050ca9238afb48b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebe30ca2604342f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e221c9af6aa4f21"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R699433b4bf894df1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0a446f1374f4879" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e221c9af6aa4f21" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8619d59952084dbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R699433b4bf894df1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Das Internet der Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QRZ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,450</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,228</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>