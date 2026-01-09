--- v1 (2025-10-25)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebe30ca2604342f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf78b9c6ce6d246de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R699433b4bf894df1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68a1f43682e54b98"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8619d59952084dbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R699433b4bf894df1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2701e2afa4164329" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68a1f43682e54b98" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Das Internet der Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QRZ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>54,228</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,573</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>