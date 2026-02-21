--- v2 (2026-01-09)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf78b9c6ce6d246de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reac89d5830564b2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68a1f43682e54b98"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cb0e773aeb04c78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2701e2afa4164329" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68a1f43682e54b98" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcaae76d898604226" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cb0e773aeb04c78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Das Internet der Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QRZ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...171 lines deleted...]
-          <x:t>52,148</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>51,977</x:t>
-[...296 lines deleted...]
-          <x:t>52,573</x:t>
+          <x:t>50,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,363</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>