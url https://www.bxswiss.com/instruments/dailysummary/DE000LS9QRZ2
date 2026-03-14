--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reac89d5830564b2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fedda26476645c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cb0e773aeb04c78"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R410047e4d4a74022"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcaae76d898604226" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cb0e773aeb04c78" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bdcf4e4de9a484b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R410047e4d4a74022" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Das Internet der Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QRZ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,008</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,532</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>