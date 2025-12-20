--- v0 (2025-10-24)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra709dfa2c0744c2a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcd43ec2a9a14e21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0b0c1dac4824a73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b5bfe84e599448a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ff7c6342b7f4376" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0b0c1dac4824a73" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e3ad8e83dc64efc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b5bfe84e599448a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Int. Werte nach ED</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QRY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>190,948</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,784</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>