--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcd43ec2a9a14e21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab2b6053157c473f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b5bfe84e599448a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R510921871dc5425e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e3ad8e83dc64efc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b5bfe84e599448a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R532e2316f96a4c0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R510921871dc5425e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Int. Werte nach ED</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QRY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>193,269</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>190,618</x:t>
-[...593 lines deleted...]
-          <x:t>188,784</x:t>
+          <x:t>190,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,698</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>