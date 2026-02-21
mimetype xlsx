--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab2b6053157c473f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf72f94cc82db4797" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R510921871dc5425e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde251607e9534a17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R532e2316f96a4c0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R510921871dc5425e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8ff97c36e6f47f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde251607e9534a17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Int. Werte nach ED</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QRY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...203 lines deleted...]
-          <x:t>186,179</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,784</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>192,698</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,726</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>