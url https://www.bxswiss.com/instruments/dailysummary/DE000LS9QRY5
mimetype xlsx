--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf72f94cc82db4797" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f9204ac942641f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde251607e9534a17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb0d5ceda9214ca0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8ff97c36e6f47f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde251607e9534a17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa44c75354b04911" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb0d5ceda9214ca0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Int. Werte nach ED</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QRY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,827</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,018</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>