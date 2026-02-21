--- v0 (2025-10-25)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ba823d1fbcc4ece" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffe36aae753d4f0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a137e1b8a39492b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3382bb027a874a34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77d4b925b7054827" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a137e1b8a39492b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2344a5b549ce4e34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3382bb027a874a34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tech Victory</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QRU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>157,568</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,306</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>