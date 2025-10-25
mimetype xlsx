--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cf9fdd5d0114294" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcccd7fa528549a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93e430643d5f4472"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32cf68e057e64eef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2bac8a069e345dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93e430643d5f4472" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27b3f0238f2b402d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32cf68e057e64eef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Tech - long</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QRQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,125</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,504</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>