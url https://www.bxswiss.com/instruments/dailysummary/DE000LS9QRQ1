--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcccd7fa528549a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R216647d9d25e4934" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32cf68e057e64eef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc806253a81d74c16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27b3f0238f2b402d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32cf68e057e64eef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c8842841b364726" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc806253a81d74c16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Tech - long</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QRQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>160,504</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,729</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>