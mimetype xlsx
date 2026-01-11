--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R216647d9d25e4934" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R902d7ecb48884253" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc806253a81d74c16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8511712cf6c54a5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c8842841b364726" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc806253a81d74c16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13743e5832d94aa2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8511712cf6c54a5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Tech - long</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QRQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,337</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,706</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>