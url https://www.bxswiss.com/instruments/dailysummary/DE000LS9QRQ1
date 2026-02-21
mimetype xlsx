--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R902d7ecb48884253" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf12175e77b2140f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8511712cf6c54a5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21cf1714d92a4c6d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13743e5832d94aa2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8511712cf6c54a5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c300e1016b74f23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21cf1714d92a4c6d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Tech - long</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QRQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>156,706</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>