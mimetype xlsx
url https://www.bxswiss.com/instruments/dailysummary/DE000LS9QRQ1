--- v4 (2026-02-21)
+++ v5 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf12175e77b2140f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe1fb7f3f69f4b91" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21cf1714d92a4c6d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f511d6a8f6542c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c300e1016b74f23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21cf1714d92a4c6d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4afe8b313c234ab5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f511d6a8f6542c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Tech - long</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QRQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,548</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +305,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,661</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>