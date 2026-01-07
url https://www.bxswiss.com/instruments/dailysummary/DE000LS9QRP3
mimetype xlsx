--- v0 (2025-10-24)
+++ v1 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b326ade0c6a4c7d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdad365a2862a46d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b76e6987bc2438c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb492f005327c4f5e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R913f984842a54d53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b76e6987bc2438c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13dc8498bf574715" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb492f005327c4f5e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fast Lane </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QRP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,437 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>29,812</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,589</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>30.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,096</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>32,857</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,743</x:t>
-[...404 lines deleted...]
-          <x:t>29,818</x:t>
+          <x:t>32,397</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>