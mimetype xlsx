--- v1 (2026-01-07)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdad365a2862a46d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7df2c0d4ef56457a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb492f005327c4f5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R142d710fce664ed7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13dc8498bf574715" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb492f005327c4f5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8286bb080f214066" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R142d710fce664ed7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fast Lane </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QRP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,437 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...404 lines deleted...]
-          <x:t>32,397</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,855</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>