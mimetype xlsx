--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7df2c0d4ef56457a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81f1aa4c4f3c4e40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R142d710fce664ed7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde82cfdb85b24b08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8286bb080f214066" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R142d710fce664ed7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63cd2854f1044e4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde82cfdb85b24b08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fast Lane </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QRP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,052</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>