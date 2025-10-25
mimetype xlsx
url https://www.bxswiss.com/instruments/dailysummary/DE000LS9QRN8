--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14a1b30dce4048ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R145a3f993567408a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6838147798394065"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8c05220327544c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re10c5392b0074965" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6838147798394065" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7242eeda3f2841a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8c05220327544c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Three of a Kind</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QRN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,784</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,673</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>