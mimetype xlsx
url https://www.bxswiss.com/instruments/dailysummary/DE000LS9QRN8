--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R145a3f993567408a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bc4a3aab15e47dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8c05220327544c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0637fa758bee430c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7242eeda3f2841a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8c05220327544c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9955826946154267" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0637fa758bee430c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Three of a Kind</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QRN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>217,673</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,858</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>