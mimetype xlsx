--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bc4a3aab15e47dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbba9a207e1904426" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0637fa758bee430c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6f303c6fc944b2f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9955826946154267" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0637fa758bee430c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc66759749c3a4b06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6f303c6fc944b2f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Three of a Kind</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QRN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,485</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,662</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>