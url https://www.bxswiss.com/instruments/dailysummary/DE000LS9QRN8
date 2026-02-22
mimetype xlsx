--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbba9a207e1904426" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0933a04883b841bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6f303c6fc944b2f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b5b38d0799e48e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc66759749c3a4b06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6f303c6fc944b2f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04d270864a8341d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b5b38d0799e48e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Three of a Kind</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QRN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>225,662</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,766</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>