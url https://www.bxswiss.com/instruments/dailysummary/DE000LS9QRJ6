--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4895cc00403e4193" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0c03a62ce2f4e9e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R389161c7177640b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10727bb6dbb243c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbab1d40d0e474f96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R389161c7177640b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R620061528df74f70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10727bb6dbb243c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wolfs beste Edelmetallaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QRJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,408 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...356 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,830</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -717,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>