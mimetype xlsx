--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0c03a62ce2f4e9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20baa6a96e0f409c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10727bb6dbb243c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e289725b55b4f5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R620061528df74f70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10727bb6dbb243c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad573ac9b59b43f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e289725b55b4f5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wolfs beste Edelmetallaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QRJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>140,875</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,904</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>