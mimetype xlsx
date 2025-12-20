--- v2 (2025-12-20)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20baa6a96e0f409c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc80697dd07304b89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e289725b55b4f5d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d5046ee9ce84586"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad573ac9b59b43f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e289725b55b4f5d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf9b985709444b7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d5046ee9ce84586" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wolfs beste Edelmetallaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QRJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,892</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>