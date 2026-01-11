--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc80697dd07304b89" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67d6deeada2e422f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d5046ee9ce84586"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9f6ba3c65534165"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf9b985709444b7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d5046ee9ce84586" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1db6211659b4a41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9f6ba3c65534165" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wolfs beste Edelmetallaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QRJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,247</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,928</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>