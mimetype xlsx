--- v4 (2026-01-11)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67d6deeada2e422f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e4f02519ed14fe9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9f6ba3c65534165"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6c6314c710a4c45"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1db6211659b4a41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9f6ba3c65534165" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6626119b4864b65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6c6314c710a4c45" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wolfs beste Edelmetallaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QRJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>178,160</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,585</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>