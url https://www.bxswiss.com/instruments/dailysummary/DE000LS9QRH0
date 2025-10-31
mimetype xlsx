--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re28f0e7ff4ae4748" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdde6d53312074df6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68fac8e7a3f845f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0efe7cb1ff3d47cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R229999ad3b9f4705" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68fac8e7a3f845f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdae1f40ac8fc4736" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0efe7cb1ff3d47cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investments in  Wachstumswerte </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QRH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,225</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,368</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>