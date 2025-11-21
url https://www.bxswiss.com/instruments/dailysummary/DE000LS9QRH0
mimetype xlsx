--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdde6d53312074df6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64af25d44b474a35" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0efe7cb1ff3d47cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf131fb4304184f09"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdae1f40ac8fc4736" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0efe7cb1ff3d47cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab2ba0cd8edc4405" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf131fb4304184f09" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investments in  Wachstumswerte </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QRH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,657</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,245</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>