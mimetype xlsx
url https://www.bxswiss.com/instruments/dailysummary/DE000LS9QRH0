--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64af25d44b474a35" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0218d969e2cf47af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf131fb4304184f09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf14334c131f74716"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab2ba0cd8edc4405" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf131fb4304184f09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7675f1484d2a405e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf14334c131f74716" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investments in  Wachstumswerte </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QRH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,107</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,376</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>