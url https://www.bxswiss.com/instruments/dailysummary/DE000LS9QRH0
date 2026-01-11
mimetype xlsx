--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0218d969e2cf47af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd1453f0cef64458" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf14334c131f74716"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6ecea4dc4a04b1f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7675f1484d2a405e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf14334c131f74716" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6f661bfba524d07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6ecea4dc4a04b1f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investments in  Wachstumswerte </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QRH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,849</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,832</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>