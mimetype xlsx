--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd1453f0cef64458" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55296921715a4577" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6ecea4dc4a04b1f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb25960c877a44e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6f661bfba524d07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6ecea4dc4a04b1f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R471328b59d3f4aee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb25960c877a44e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investments in  Wachstumswerte </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QRH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>130,832</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,046</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>