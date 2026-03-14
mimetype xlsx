--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55296921715a4577" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61ee826f2c2a4bb1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb25960c877a44e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9403d35b664e4650"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R471328b59d3f4aee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb25960c877a44e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d0c94335dff43ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9403d35b664e4650" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investments in  Wachstumswerte </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QRH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...338 lines deleted...]
-          <x:t>121,277</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,423</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.02.2026</x:t>
-[...262 lines deleted...]
-          <x:t>124,046</x:t>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,142</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>