--- v0 (2025-10-26)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b23cec94f6149ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fc980cf2b214440" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6cf0e0deef54d5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e9c66107eaa4f1a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d192183787b4767" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6cf0e0deef54d5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b75eb721f494cfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e9c66107eaa4f1a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Disruptive Growth Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QQP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>52,709</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,632</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>