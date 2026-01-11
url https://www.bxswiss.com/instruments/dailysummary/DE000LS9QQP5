--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fc980cf2b214440" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reede94cb20ac485d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e9c66107eaa4f1a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re739ec3363f04a09"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b75eb721f494cfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e9c66107eaa4f1a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f71d1235fae4125" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re739ec3363f04a09" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Disruptive Growth Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QQP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...198 lines deleted...]
-          <x:t>49,750</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>49,715</x:t>
-[...431 lines deleted...]
-          <x:t>48,632</x:t>
+          <x:t>49,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,619</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>