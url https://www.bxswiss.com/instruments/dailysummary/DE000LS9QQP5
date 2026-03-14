--- v2 (2026-01-11)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reede94cb20ac485d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84aeeee0037440a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re739ec3363f04a09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ec8c68915c94a10"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f71d1235fae4125" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re739ec3363f04a09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra09be34a6c194435" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ec8c68915c94a10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Disruptive Growth Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QQP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>49,619</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,423</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>