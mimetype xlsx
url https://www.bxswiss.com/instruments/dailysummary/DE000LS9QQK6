--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf254d9f300dd4a7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89067fd37f434404" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R999865242cde4a09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4c9fa126718488d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca8679635ca644eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R999865242cde4a09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3da794ca744c4d90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4c9fa126718488d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Beste Community Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QQK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,902</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,503</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,156</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>