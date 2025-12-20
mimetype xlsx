--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89067fd37f434404" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00bdffe3ac404cc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4c9fa126718488d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc64599d6cf84fd3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3da794ca744c4d90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4c9fa126718488d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2d23fd9051b4e77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc64599d6cf84fd3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Beste Community Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QQK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,450</x:t>
-[...387 lines deleted...]
-          <x:t>85,156</x:t>
+          <x:t>85,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,653</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>