--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00bdffe3ac404cc9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf320108ba59145f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc64599d6cf84fd3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4edcb089042f46a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2d23fd9051b4e77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc64599d6cf84fd3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1169bce725d7474c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4edcb089042f46a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Beste Community Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QQK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,768</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,690</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>