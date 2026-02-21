--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf320108ba59145f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf27d4ad710de432a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4edcb089042f46a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0679ccb527664db9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1169bce725d7474c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4edcb089042f46a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reda36587f2de4095" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0679ccb527664db9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Beste Community Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QQK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>87,527</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,068</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,768</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...381 lines deleted...]
-          <x:t>08.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,742</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>88,690</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,565</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>