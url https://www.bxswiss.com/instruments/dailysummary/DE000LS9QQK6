--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf27d4ad710de432a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72cfe44e16c14d4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0679ccb527664db9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74df38b81488435a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reda36587f2de4095" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0679ccb527664db9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69ec368561674524" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74df38b81488435a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Beste Community Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QQK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,000</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,438</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>