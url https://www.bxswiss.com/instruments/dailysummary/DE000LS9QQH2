--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6314dcc2328a45e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R939c7280f1964779" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re630f9e5ce4a4a1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bc11ec91b444e9c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R549431696b93452d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re630f9e5ce4a4a1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39c134a19576433d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bc11ec91b444e9c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BIG 4 - Suchtmittel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QQH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,200</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +305,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,909</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>