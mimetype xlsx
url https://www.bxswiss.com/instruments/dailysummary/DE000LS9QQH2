--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R939c7280f1964779" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3d0967074474ac2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bc11ec91b444e9c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5e5eaf006da46df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39c134a19576433d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bc11ec91b444e9c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf798d5216fce4097" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5e5eaf006da46df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BIG 4 - Suchtmittel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QQH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...171 lines deleted...]
-          <x:t>101,689</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,070</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>09.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,670</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...443 lines deleted...]
-          <x:t>98,909</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,284</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>