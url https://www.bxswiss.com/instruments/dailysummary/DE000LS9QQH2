--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3d0967074474ac2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48aaf9f0299d46bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5e5eaf006da46df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91f335f6dc314aa8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf798d5216fce4097" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5e5eaf006da46df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27519180c6684446" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91f335f6dc314aa8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BIG 4 - Suchtmittel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QQH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...161 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,471</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...470 lines deleted...]
-          <x:t>102,284</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,163</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>