--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48aaf9f0299d46bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raed3097ce6fe412c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91f335f6dc314aa8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7b018dfccc542a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27519180c6684446" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91f335f6dc314aa8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24c3704c6a8641ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7b018dfccc542a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BIG 4 - Suchtmittel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QQH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...220 lines deleted...]
-          <x:t>101,642</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,961</x:t>
-[...220 lines deleted...]
-          <x:t>101,163</x:t>
+          <x:t>101,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>