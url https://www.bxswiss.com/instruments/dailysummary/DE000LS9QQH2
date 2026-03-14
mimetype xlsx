--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raed3097ce6fe412c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R270ec2f40237463e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7b018dfccc542a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65be150880744057"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24c3704c6a8641ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7b018dfccc542a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5bf61f6e2ba479f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65be150880744057" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BIG 4 - Suchtmittel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QQH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,578 +149,173 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>100,665</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,979</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>100,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,256</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,317</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,471</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>