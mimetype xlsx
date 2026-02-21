--- v0 (2025-12-20)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4874498da83c4373" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43cac31f4e264203" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re23430b72cbb46a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra31e19d06c1c40a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2eb43bd1a046434c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re23430b72cbb46a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re54f8392721c4672" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra31e19d06c1c40a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland Zukunft Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QQE9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>109,797</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,846</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>