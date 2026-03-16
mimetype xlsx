--- v1 (2026-02-21)
+++ v2 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43cac31f4e264203" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re904ccdd108e4195" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra31e19d06c1c40a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2e5e5b797f74877"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re54f8392721c4672" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra31e19d06c1c40a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b0ed09701844e16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2e5e5b797f74877" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland Zukunft Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QQE9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,336</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,935</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>