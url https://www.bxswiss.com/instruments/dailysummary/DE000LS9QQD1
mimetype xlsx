--- v0 (2025-10-04)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f380e6b19c648e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32e0811323fc4b13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R703c8f04a7534066"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e6dd46c9b9b4acf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17385840e3bf46c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R703c8f04a7534066" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ce2ffb0f1104370" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e6dd46c9b9b4acf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value International Covid19</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QQD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>59,280</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,071</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>