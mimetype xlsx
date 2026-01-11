--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32e0811323fc4b13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8052f0d5517f4df5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e6dd46c9b9b4acf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e1992e292024cac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ce2ffb0f1104370" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e6dd46c9b9b4acf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb0cca6d5b6f4cad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e1992e292024cac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value International Covid19</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QQD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...230 lines deleted...]
-          <x:t>60,998</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,084</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...366 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,959</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>