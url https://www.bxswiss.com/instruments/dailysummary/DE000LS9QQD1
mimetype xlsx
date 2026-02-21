--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8052f0d5517f4df5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8eb9654c01df446f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e1992e292024cac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20d3024013344843"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb0cca6d5b6f4cad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e1992e292024cac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fe866b0c8f34800" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20d3024013344843" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value International Covid19</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QQD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>63,959</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,105</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>