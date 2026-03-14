--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8eb9654c01df446f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8afb80d1e664329" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20d3024013344843"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd6363d74d4d4b04"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fe866b0c8f34800" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20d3024013344843" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ce0d2260e694fa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd6363d74d4d4b04" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value International Covid19</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QQD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>64,775</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>64,764</x:t>
-[...43 lines deleted...]
-          <x:t>64,025</x:t>
+          <x:t>64,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,314</x:t>
-        </x:is>
-[...521 lines deleted...]
-          <x:t>68,105</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>