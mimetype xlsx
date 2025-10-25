--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R695e27307c2b4ae4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reff2eda827a5421f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d54f399e92343fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d0104c0b8754923"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra12217be814a4c41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d54f399e92343fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78e0abc10b1546f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d0104c0b8754923" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alpha AI Sustainable</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QPW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.248,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.254,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.239,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.243,451</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.273,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.286,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.269,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.285,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.280,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.298,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.276,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.289,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.298,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.309,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.281,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.281,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.297,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.308,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.296,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.304,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.323,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.336,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.316,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.332,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.338,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.354,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.328,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.330,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.311,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.335,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.308,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.334,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.318,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.322,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.306,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.322,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.354,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.382,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.354,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.370,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.363,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.371,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.342,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.343,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.289,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.323,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.281,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.314,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.324,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.325,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.312,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.318,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.304,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.311,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.284,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.286,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.260,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.260,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.277,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.273,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.306,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.335,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.306,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.334,215</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>