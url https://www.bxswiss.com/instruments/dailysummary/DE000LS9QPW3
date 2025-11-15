--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reff2eda827a5421f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96a7632c0c7c42af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d0104c0b8754923"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc20e013eced4ee9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78e0abc10b1546f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d0104c0b8754923" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb84a28f2d4944406" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc20e013eced4ee9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alpha AI Sustainable</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QPW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.318,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.322,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.306,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.322,657</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.306,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.335,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.306,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.334,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.350,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.351,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.332,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.334,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.344,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.369,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.342,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.367,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.365,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.382,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.356,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.380,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.371,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.376,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.357,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.366,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.365,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.369,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.354,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.357,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.369,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.407,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.368,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.395,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.359,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.384,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.351,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.374,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.365,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.412,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.364,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.407,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.408,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.420,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.373,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.375,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.378,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.379,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.323,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.325,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.387,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.397,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.370,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.372,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.374,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.376,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.352,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.353,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.365,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.369,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.348,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.353,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.362,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.362,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.309,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.313,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.295,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.287,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.287,511</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>