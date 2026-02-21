--- v2 (2025-11-15)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96a7632c0c7c42af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bc8d43aa94144fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc20e013eced4ee9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa88ac54527f42a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb84a28f2d4944406" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc20e013eced4ee9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98befda681854e04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa88ac54527f42a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alpha AI Sustainable</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QPW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...31 lines deleted...]
-          <x:t>1.354,984</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.368,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.393,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.368,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.392,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.392,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.411,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.392,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.403,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.424,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.431,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.409,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.420,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.418,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.425,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.406,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.421,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.407,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.412,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.396,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.400,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.402,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.407,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.384,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.405,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.423,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.432,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.420,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.432,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.437,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.439,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.382,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.354,984</x:t>
-[...598 lines deleted...]
-          <x:t>1.287,511</x:t>
+          <x:t>1.397,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.388,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.408,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.383,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.390,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.350,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.394,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.350,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.386,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.398,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.417,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.396,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.407,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.413,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.415,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.406,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.410,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.351,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.354,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.316,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.323,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.329,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.348,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.329,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.345,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.360,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.363,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.344,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.362,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.369,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.375,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.351,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.365,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.367,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.374,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.366,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.373,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.399,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.400,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.356,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.356,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.362,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.381,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.338,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.375,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.384,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.391,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.383,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.386,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.383,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.398,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.377,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.394,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.407,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.417,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.399,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.413,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.407,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.408,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.388,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.402,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.409,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.412,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.405,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.405,832</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>