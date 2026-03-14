--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bc8d43aa94144fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R377d04c7c26e453e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa88ac54527f42a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72a2b99f697447e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98befda681854e04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa88ac54527f42a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38baf77248d64e0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72a2b99f697447e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alpha AI Sustainable</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QPW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.369,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.375,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.351,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.365,443</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.409,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.412,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.405,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.405,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.400,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.412,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.392,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.400,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.411,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.438,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.402,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.433,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.447,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.472,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.445,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.461,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.456,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.461,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.416,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.433,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.432,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.434,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.407,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.407,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.378,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.426,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.375,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.424,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.402,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.403,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.353,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.365,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.365,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.404,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.364,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.395,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.395,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.404,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.368,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.368,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.374,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.375,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.331,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.338,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.298,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.327,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.297,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.324,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.366,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.372,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.354,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.366,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.363,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.379,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.358,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.364,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.365,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.371,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.347,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.367,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.361,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.390,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.359,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.360,545</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>