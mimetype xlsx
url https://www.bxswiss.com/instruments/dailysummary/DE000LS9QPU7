--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b0cb7d6d4f94690" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8327883030fa45b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R018292f2e15043d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R424b2cd63055442b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7324815762fc4411" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R018292f2e15043d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfced1576ee6344cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R424b2cd63055442b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Plattform Ecommerce und Med-Tech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QPU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...522 lines deleted...]
-          <x:t>135,525</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>135,432</x:t>
-[...107 lines deleted...]
-          <x:t>138,371</x:t>
+          <x:t>134,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,607</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>