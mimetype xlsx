--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8327883030fa45b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2816bfd232514602" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R424b2cd63055442b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddf15aeda10845e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfced1576ee6344cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R424b2cd63055442b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra177e5f9fb1f481a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddf15aeda10845e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Plattform Ecommerce und Med-Tech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QPU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,740</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,766</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>