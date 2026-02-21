--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2816bfd232514602" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf350d14458704b1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddf15aeda10845e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2ecf042d9f34d69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra177e5f9fb1f481a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddf15aeda10845e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a9ec29dd7114a93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2ecf042d9f34d69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Plattform Ecommerce und Med-Tech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QPU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>139,766</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,802</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>