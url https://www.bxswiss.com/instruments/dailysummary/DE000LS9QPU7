--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf350d14458704b1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf042630ba5c44b9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2ecf042d9f34d69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28841de9e3b445a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a9ec29dd7114a93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2ecf042d9f34d69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f4256e8f2ea476e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28841de9e3b445a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Plattform Ecommerce und Med-Tech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QPU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...365 lines deleted...]
-          <x:t>125,172</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,949</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>126,802</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,471</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>