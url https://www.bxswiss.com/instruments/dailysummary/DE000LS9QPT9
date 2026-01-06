--- v0 (2025-10-04)
+++ v1 (2026-01-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c2422f0a5204509" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9609769646a4220" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R515aeb12e1d24cca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfb39d5c38564bd4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66939c1959dd470d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R515aeb12e1d24cca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R496883fcc21e4dc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfb39d5c38564bd4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland China plus 1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QPT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,430 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>154,272</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,198</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>