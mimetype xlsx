--- v1 (2026-01-06)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9609769646a4220" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ad058351ab2448f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfb39d5c38564bd4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0236c6fd89d74945"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R496883fcc21e4dc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfb39d5c38564bd4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddd68d7ea2214310" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0236c6fd89d74945" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland China plus 1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QPT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,430 +149,473 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...397 lines deleted...]
-          <x:t>157,198</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,898</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>