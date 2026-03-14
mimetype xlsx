--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ad058351ab2448f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb0e2eb02b0f4358" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0236c6fd89d74945"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01963ab89c344a52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddd68d7ea2214310" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0236c6fd89d74945" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a59bf3388b4420e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01963ab89c344a52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland China plus 1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QPT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,410 +149,205 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...187 lines deleted...]
-          <x:t>158,397</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>157,906</x:t>
-[...160 lines deleted...]
-        <x:is>
           <x:t>158,999</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,541</x:t>
         </x:is>
       </x:c>
@@ -591,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>