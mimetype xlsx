--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb5732b18ae3405f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ef2e04b40c4482d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf301885732594aef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61520c3dc14849ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03d429d5c38c4dbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf301885732594aef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f1e821c75794922" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61520c3dc14849ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumswerte Technologiesektor</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QPN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,220</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,605</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>