--- v1 (2025-11-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ef2e04b40c4482d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4687a8abf4784b15" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61520c3dc14849ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a674aa78f75492e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f1e821c75794922" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61520c3dc14849ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4a4f6ba95534bf5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a674aa78f75492e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumswerte Technologiesektor</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QPN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...306 lines deleted...]
-          <x:t>70,438</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>69,064</x:t>
-[...323 lines deleted...]
-          <x:t>61,605</x:t>
+          <x:t>68,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,318</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>