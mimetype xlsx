--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4687a8abf4784b15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54cf77636b3847b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a674aa78f75492e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91a90d7bb1a0409a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4a4f6ba95534bf5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a674aa78f75492e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bc585ef73e64445" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91a90d7bb1a0409a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumswerte Technologiesektor</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QPN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>64,318</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,014</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>