--- v3 (2026-02-21)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54cf77636b3847b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4edba789654c47e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91a90d7bb1a0409a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27121ec651774196"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bc585ef73e64445" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91a90d7bb1a0409a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ba6c549b55c4971" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27121ec651774196" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumswerte Technologiesektor</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QPN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,129</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,077</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>