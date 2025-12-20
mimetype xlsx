--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d3a1ecf496547d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70e8800f5e8044ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25d98be979724a3a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06fa19abd5344825"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fc7e00debc94d83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25d98be979724a3a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e6a629ecb994724" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06fa19abd5344825" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>glanzvolle Luxus Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QPG6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>149,359</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,396</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>