--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70e8800f5e8044ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4aacfe6bcbd4338" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06fa19abd5344825"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4726a300282e435f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e6a629ecb994724" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06fa19abd5344825" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17250f694a7c4781" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4726a300282e435f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>glanzvolle Luxus Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QPG6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,77 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...230 lines deleted...]
-          <x:t>147,056</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,757</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...187 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,142</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,158</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>