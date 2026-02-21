--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4aacfe6bcbd4338" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R520a260a64bb4f6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4726a300282e435f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdd4355f24054047"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17250f694a7c4781" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4726a300282e435f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R634b40480a7b4895" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdd4355f24054047" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>glanzvolle Luxus Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QPG6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>151,158</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,994</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>