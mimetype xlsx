--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R520a260a64bb4f6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b92b6cce0844ac1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdd4355f24054047"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb66843a1ecdd4627"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R634b40480a7b4895" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdd4355f24054047" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f226f36c8874ec0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb66843a1ecdd4627" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>glanzvolle Luxus Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QPG6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,462</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>