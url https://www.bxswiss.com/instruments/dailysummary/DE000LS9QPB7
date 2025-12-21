--- v0 (2025-10-25)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb98ad5253c0f4461" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26d9f4f73f3d41a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f416b13f09943fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d4fb14b8f3a4478"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6673a7505f04498" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f416b13f09943fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf138941e49ee4f9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d4fb14b8f3a4478" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small und Mid Cap Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QPB7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>282,172</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,138</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>287,853</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,307</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>