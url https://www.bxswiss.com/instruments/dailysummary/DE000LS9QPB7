--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26d9f4f73f3d41a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabcc2028b8084b31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d4fb14b8f3a4478"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6bf82d952b64a55"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf138941e49ee4f9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d4fb14b8f3a4478" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8895a40357be4387" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6bf82d952b64a55" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small und Mid Cap Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QPB7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>295,902</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>298,586</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>295,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>295,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,587</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>