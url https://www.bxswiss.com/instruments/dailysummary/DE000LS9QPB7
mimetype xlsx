--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabcc2028b8084b31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77d5e5ab3ca8464e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6bf82d952b64a55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R261564ef40164e2f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8895a40357be4387" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6bf82d952b64a55" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f865209b24b4521" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R261564ef40164e2f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small und Mid Cap Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QPB7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>315,587</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,503</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>