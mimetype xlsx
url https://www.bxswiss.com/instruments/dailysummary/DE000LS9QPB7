--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77d5e5ab3ca8464e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0940775a5d2a49a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R261564ef40164e2f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56a99a3bb10045ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f865209b24b4521" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R261564ef40164e2f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09c0d95a72fa4b97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56a99a3bb10045ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small und Mid Cap Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QPB7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...242 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,649</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...362 lines deleted...]
-          <x:t>306,503</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,104</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>