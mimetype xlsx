--- v0 (2025-10-26)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2144763a70604c7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9702908bc30a4b3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8a5b7adfe944bc7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a6a9667082e4f5a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5965e960a464222" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8a5b7adfe944bc7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd13ecccd8f444870" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a6a9667082e4f5a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Divisus stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QPA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>140,506</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,981</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>