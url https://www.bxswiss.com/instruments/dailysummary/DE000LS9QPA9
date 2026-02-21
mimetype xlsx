--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9702908bc30a4b3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8549b4c8dfea4567" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a6a9667082e4f5a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R190fb6eb33634099"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd13ecccd8f444870" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a6a9667082e4f5a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3820b6c7abfb4dc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R190fb6eb33634099" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Divisus stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QPA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>143,981</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,065</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>