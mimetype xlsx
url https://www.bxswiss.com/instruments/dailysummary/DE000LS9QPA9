--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8549b4c8dfea4567" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75da549118494f6a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R190fb6eb33634099"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11de19a7db9e4918"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3820b6c7abfb4dc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R190fb6eb33634099" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d6c0911647d44a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11de19a7db9e4918" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Divisus stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QPA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...198 lines deleted...]
-          <x:t>145,852</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,554</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...406 lines deleted...]
-          <x:t>151,065</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,145</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>