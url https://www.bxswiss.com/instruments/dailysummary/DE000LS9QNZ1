--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa4ebc90b4b94017" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R404dcc410cbd43bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree2c491918224528"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4945f4b51b754d5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1169e6002e834faa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree2c491918224528" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c323c8430b1479d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4945f4b51b754d5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value International Luxury</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QNZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,515</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,878</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>