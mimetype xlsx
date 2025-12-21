--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R404dcc410cbd43bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R819b82b4e8ed40ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4945f4b51b754d5d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e2a2d973ab341af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c323c8430b1479d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4945f4b51b754d5d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f31bca04b2e4abc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e2a2d973ab341af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value International Luxury</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QNZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>138,878</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,972</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>