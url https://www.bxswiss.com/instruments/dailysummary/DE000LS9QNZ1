--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R819b82b4e8ed40ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R567c5cbb663a4a8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e2a2d973ab341af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6395d28372441a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f31bca04b2e4abc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e2a2d973ab341af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc9da2566c424598" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6395d28372441a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value International Luxury</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QNZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,610 +149,205 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...193 lines deleted...]
-          <x:t>140,025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>139,983</x:t>
-[...354 lines deleted...]
-        <x:is>
           <x:t>141,971</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,021</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,020</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>