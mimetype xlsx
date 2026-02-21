--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R567c5cbb663a4a8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R564a704fb9a04637" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6395d28372441a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52b3aa2092704d98"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc9da2566c424598" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6395d28372441a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R075e54484e464826" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52b3aa2092704d98" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value International Luxury</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QNZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>146,020</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,163</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>