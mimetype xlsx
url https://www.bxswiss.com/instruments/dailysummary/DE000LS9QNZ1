--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R564a704fb9a04637" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fc1d1433abc4545" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52b3aa2092704d98"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20a56ecc5ba34bfa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R075e54484e464826" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52b3aa2092704d98" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04873d0d5e284cf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20a56ecc5ba34bfa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value International Luxury</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QNZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,566</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,462</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>