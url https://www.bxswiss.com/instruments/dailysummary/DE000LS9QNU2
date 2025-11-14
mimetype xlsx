--- v0 (2025-10-04)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd94a7536aa484188" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fcff1a5212a4907" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R646a94ae16c54ddc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd746e269c7a1412c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd79cb84024a748e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R646a94ae16c54ddc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R598010c372e5465c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd746e269c7a1412c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Compass</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QNU2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...625 lines deleted...]
-          <x:t>245,878</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,225</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>244,952</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,204</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>