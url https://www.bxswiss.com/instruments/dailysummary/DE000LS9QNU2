--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fcff1a5212a4907" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb22f64c139a64c16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd746e269c7a1412c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95b2104fa0114495"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R598010c372e5465c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd746e269c7a1412c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd336080413ca49f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95b2104fa0114495" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Compass</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QNU2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>239,204</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>