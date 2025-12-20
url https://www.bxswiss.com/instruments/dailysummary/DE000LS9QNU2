--- v2 (2025-12-20)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb22f64c139a64c16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c06b9821a294ccd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95b2104fa0114495"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff95e2f635624d94"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd336080413ca49f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95b2104fa0114495" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3597d8bb2a54b6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff95e2f635624d94" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Compass</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QNU2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,445</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>