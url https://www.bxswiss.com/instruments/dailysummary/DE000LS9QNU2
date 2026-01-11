--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c06b9821a294ccd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b12ef062c1f4c96" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff95e2f635624d94"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc8929a612db4923"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3597d8bb2a54b6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff95e2f635624d94" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8966928d894c4a10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc8929a612db4923" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Compass</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QNU2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,002</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,023</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,727</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>