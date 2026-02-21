--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b12ef062c1f4c96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa880e5991f1475c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc8929a612db4923"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7265208c106d42da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8966928d894c4a10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc8929a612db4923" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac1f7dee52cc49e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7265208c106d42da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Compass</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QNU2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...122 lines deleted...]
-          <x:t>232,471</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,227</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>244,727</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,598</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>