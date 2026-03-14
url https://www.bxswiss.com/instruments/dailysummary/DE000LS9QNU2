--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa880e5991f1475c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa08892728454c99" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7265208c106d42da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R765ef909ef6f4ce2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac1f7dee52cc49e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7265208c106d42da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ddcb6fedcc945d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R765ef909ef6f4ce2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Compass</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QNU2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,873</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,947</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>