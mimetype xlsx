--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2875be1dfee457b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e3c037a3e33484c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b8356a28f234e3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf14f2a15b2c94eb3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b2d61a7c502451c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b8356a28f234e3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0da6780ab844fee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf14f2a15b2c94eb3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stock Exchange Operator global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QNM9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,556 +149,151 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>14.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>134,477</x:t>
-[...197 lines deleted...]
-        <x:is>
           <x:t>132,951</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,585</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,857</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>