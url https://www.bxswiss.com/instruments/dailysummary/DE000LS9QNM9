--- v1 (2025-11-21)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e3c037a3e33484c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7933d7d3156e456c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf14f2a15b2c94eb3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4695ebd4f4d34611"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0da6780ab844fee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf14f2a15b2c94eb3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6bbb305759f5452e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4695ebd4f4d34611" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stock Exchange Operator global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QNM9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...382 lines deleted...]
-          <x:t>130,543</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,867</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>131,720</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>131,108</x:t>
-[...161 lines deleted...]
-          <x:t>128,857</x:t>
+          <x:t>132,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,106</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>