--- v2 (2026-01-08)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7933d7d3156e456c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R347aa9066b014149" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4695ebd4f4d34611"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98bc8b0b10224bf9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6bbb305759f5452e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4695ebd4f4d34611" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cd6acd138874938" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98bc8b0b10224bf9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stock Exchange Operator global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QNM9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...134 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>133,126</x:t>
-[...219 lines deleted...]
-        <x:is>
           <x:t>133,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>134,242</x:t>
-[...80 lines deleted...]
-          <x:t>135,106</x:t>
+          <x:t>132,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>