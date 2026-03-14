--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R347aa9066b014149" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R632283b30a014d25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98bc8b0b10224bf9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9c02df0a34d4d21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cd6acd138874938" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98bc8b0b10224bf9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27db1dd98ce64a82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9c02df0a34d4d21" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stock Exchange Operator global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QNM9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,338</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>