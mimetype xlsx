--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd1f795bdf754a81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc65d496205d4a88" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb716dded2bbd47a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R224ab0640e094f38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fef026a951e4a5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb716dded2bbd47a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R874dd6c6948b4122" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R224ab0640e094f38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Globale REITs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QMY6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>102,066</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,131</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>103,308</x:t>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,555</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...514 lines deleted...]
-          <x:t>102,245</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,541</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>