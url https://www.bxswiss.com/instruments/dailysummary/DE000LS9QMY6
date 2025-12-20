--- v1 (2025-11-01)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc65d496205d4a88" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4a4582f36bb465d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R224ab0640e094f38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70883d9de11b41f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R874dd6c6948b4122" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R224ab0640e094f38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c6471b690924077" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70883d9de11b41f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Globale REITs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QMY6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>98,541</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,828</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>