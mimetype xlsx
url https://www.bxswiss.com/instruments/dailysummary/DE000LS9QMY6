--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4a4582f36bb465d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2f5cb109f4948aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70883d9de11b41f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7b3367043fb47ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c6471b690924077" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70883d9de11b41f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf59193161ea436c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7b3367043fb47ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Globale REITs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QMY6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...53 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,956</x:t>
-[...576 lines deleted...]
-          <x:t>95,828</x:t>
+          <x:t>98,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>