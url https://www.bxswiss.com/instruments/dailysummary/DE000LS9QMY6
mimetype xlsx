--- v3 (2026-01-11)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2f5cb109f4948aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4cf70094fbd4440" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7b3367043fb47ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60145dfcc6f44680"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf59193161ea436c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7b3367043fb47ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3f0c8b18b804f13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60145dfcc6f44680" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Globale REITs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QMY6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,977</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>