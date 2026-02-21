--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4cf70094fbd4440" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40b6d272658f4d05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60145dfcc6f44680"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2434c3000abf4ccb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3f0c8b18b804f13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60145dfcc6f44680" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4abe4e4b04446dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2434c3000abf4ccb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Globale REITs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QMY6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...269 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,617</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...146 lines deleted...]
-          <x:t>97,860</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>