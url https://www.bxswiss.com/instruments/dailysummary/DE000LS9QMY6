--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40b6d272658f4d05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca5212987b934937" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2434c3000abf4ccb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26219b4410ed47cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4abe4e4b04446dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2434c3000abf4ccb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d65f04a54304824" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26219b4410ed47cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Globale REITs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QMY6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...355 lines deleted...]
-          <x:t>96,217</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,205</x:t>
-[...21 lines deleted...]
-          <x:t>97,101</x:t>
+          <x:t>95,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,858</x:t>
-[...242 lines deleted...]
-          <x:t>98,385</x:t>
+          <x:t>95,988</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>