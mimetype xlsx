--- v0 (2025-10-04)
+++ v1 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6fe73584db64702" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92d6b45b392146ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0cb1f468a224b9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32a6ad8c0fa349a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf162ce0a5ec54b09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0cb1f468a224b9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7e30f68a4744e47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32a6ad8c0fa349a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German growth stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QMT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>116,927</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,975</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...153 lines deleted...]
-          <x:t>115,764</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>115,432</x:t>
-[...21 lines deleted...]
-          <x:t>116,907</x:t>
+          <x:t>116,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,194</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...217 lines deleted...]
-          <x:t>118,140</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,163</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>