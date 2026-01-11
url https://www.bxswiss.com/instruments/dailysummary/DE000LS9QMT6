--- v1 (2025-11-16)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92d6b45b392146ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb82f543a7094477" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32a6ad8c0fa349a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdac44922ffa94f2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7e30f68a4744e47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32a6ad8c0fa349a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R695d4cbc4eed45bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdac44922ffa94f2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German growth stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QMT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>114,163</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,818</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>