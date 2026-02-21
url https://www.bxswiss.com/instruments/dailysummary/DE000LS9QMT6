--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb82f543a7094477" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48f143c4a1f544f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdac44922ffa94f2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0ff2d15fd424ee6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R695d4cbc4eed45bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdac44922ffa94f2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra70e81f9210b46f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0ff2d15fd424ee6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German growth stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QMT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>120,818</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,957</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>