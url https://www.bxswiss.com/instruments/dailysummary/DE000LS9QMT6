--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48f143c4a1f544f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c231953639c4a80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0ff2d15fd424ee6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd130e226ff7441e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra70e81f9210b46f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0ff2d15fd424ee6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R458a92641a344b77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd130e226ff7441e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German growth stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QMT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,114</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,049</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>