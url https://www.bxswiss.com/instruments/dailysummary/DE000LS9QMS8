--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R225397fe3d684727" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a0cd1f28c964ba2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8db81cb1bb9e4bf0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c1e2268d8994964"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a304ceaf8ec4fcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8db81cb1bb9e4bf0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33eb3645de244f96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c1e2268d8994964" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrends weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QMS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>338,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>339,569</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>331,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>335,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>331,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>334,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,799</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>