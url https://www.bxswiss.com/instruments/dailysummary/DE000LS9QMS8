--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a0cd1f28c964ba2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d2ff57eb608468a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c1e2268d8994964"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf570a1b4dfe24630"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33eb3645de244f96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c1e2268d8994964" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dab1249155d465a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf570a1b4dfe24630" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrends weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QMS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>343,799</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,642</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>