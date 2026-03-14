--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d2ff57eb608468a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R531ffded4b9a46c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf570a1b4dfe24630"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcf54f436d64475a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dab1249155d465a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf570a1b4dfe24630" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radd1f16f23c74c87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcf54f436d64475a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrends weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QMS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>320,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>316,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,060</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>315,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>317,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>314,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>316,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,193</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>