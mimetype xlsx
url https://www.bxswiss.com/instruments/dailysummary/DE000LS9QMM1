--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref74e14d583042bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09e47c804f084421" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3dad3e544af04bdc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ba38cd4a52d45cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda640dc8c2104c8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3dad3e544af04bdc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e274709cd5b4bc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ba38cd4a52d45cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Happy Investors Tagebuch</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QMM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,329</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,845</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>