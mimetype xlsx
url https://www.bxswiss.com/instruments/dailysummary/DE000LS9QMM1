--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09e47c804f084421" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d01e5b8e1a94402" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ba38cd4a52d45cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0ed9f2a8f824747"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e274709cd5b4bc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ba38cd4a52d45cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R390fa2107a6d46e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0ed9f2a8f824747" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Happy Investors Tagebuch</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QMM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>142,845</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,226</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>