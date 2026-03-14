--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d01e5b8e1a94402" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a1c1759ece4439a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0ed9f2a8f824747"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R867a012b5f2b4c73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R390fa2107a6d46e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0ed9f2a8f824747" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R890a8190d36e4c62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R867a012b5f2b4c73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Happy Investors Tagebuch</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QMM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...311 lines deleted...]
-          <x:t>127,483</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,800</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>130,226</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,817</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>