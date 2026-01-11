--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ddfdb4e84944284" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reafc8a5b522d45cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2645d5d02c64c57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R833bc64811c14833"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e74f19ca0964bef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2645d5d02c64c57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea80813167d04ef4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R833bc64811c14833" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chirpy Chirpy Chip Chip</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QMD0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,788</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,111</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,698</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>