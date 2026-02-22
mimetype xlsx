--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reafc8a5b522d45cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f32cbc6c7de4631" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R833bc64811c14833"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd03e2c9de0b8459d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea80813167d04ef4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R833bc64811c14833" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b8cd179d4264f3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd03e2c9de0b8459d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chirpy Chirpy Chip Chip</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QMD0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>245,698</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>