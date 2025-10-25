--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61a768c33cc64352" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23841800e9894e7e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6a69eb6c19f4240"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b4b3ffd9ab448b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f9623af45d3497f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6a69eb6c19f4240" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf357ee1d74f4d57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b4b3ffd9ab448b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FV Technologie Wasserstoff</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QLZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.348,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.358,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.339,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.343,794</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.411,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.418,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.405,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.418,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.418,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.438,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.417,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.424,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.415,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.417,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.413,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.417,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.413,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.425,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.412,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.416,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.422,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.427,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.411,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.422,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.410,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.413,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.408,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.409,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.410,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.413,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.408,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.409,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.424,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.428,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.417,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.427,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.459,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.476,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.457,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.476,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.459,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.476,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.457,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.476,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.406,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.433,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.402,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.416,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.433,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.442,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.429,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.434,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.433,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.442,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.429,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.434,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.418,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.422,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.387,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.388,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.409,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.410,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.407,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.408,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.421,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.437,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.419,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.436,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>