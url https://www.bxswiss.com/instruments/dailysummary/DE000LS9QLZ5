--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23841800e9894e7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raeb954b7383f4a1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b4b3ffd9ab448b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7724dd58bb34011"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf357ee1d74f4d57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b4b3ffd9ab448b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f9d4184b2be4dd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7724dd58bb34011" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FV Technologie Wasserstoff</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QLZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.424,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.428,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.417,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.427,064</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.421,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.437,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.419,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.436,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.452,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.452,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.430,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.431,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.440,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.447,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.434,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.440,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.467,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.491,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.462,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.484,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.467,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.477,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.459,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.469,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.467,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.477,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.459,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.469,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.475,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.483,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.471,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.479,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.462,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.469,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.458,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.468,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.470,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.486,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.466,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.483,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.504,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.512,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.490,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.493,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.475,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.481,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.463,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.470,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.475,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.481,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.463,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.470,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.510,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.511,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.494,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.499,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.504,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.505,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.488,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.492,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.500,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.501,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.494,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.497,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.448,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.451,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.441,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.441,716</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>