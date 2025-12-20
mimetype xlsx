--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raeb954b7383f4a1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3b5c7f0020d4add" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7724dd58bb34011"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60a8e1a1a43742bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f9d4184b2be4dd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7724dd58bb34011" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fcc95f234b04d79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60a8e1a1a43742bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FV Technologie Wasserstoff</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QLZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1.441,716</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.427,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.434,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.420,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.430,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.434,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.461,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.434,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.447,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.470,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.477,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.463,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.476,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.414,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.422,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.395,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.403,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.427,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.436,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.417,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.434,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.433,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.439,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.417,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.435,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.448,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.461,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.445,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.459,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.470,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.474,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.468,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.470,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.476,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.481,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.476,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.480,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.472,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.478,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.463,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.475,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.480,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.480,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.478,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.478,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.479,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.481,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.465,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.471,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.481,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.489,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.471,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.487,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.502,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.505,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.495,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.502,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.507,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.512,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.486,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.494,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.483,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.493,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.482,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.487,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.474,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.479,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.474,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.479,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.475,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.485,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.470,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.481,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.499,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.500,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.472,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.476,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.485,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.489,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.476,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.485,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.470,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.475,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.460,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.467,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.477,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.481,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.447,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.449,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.444,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.467,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.442,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.457,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.458,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.477,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.458,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.475,052</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>