--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3b5c7f0020d4add" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbcfba8a859c486b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60a8e1a1a43742bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7808147372954cea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fcc95f234b04d79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60a8e1a1a43742bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52a3632fd8a54fb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7808147372954cea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FV Technologie Wasserstoff</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QLZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...58 lines deleted...]
-          <x:t>1.470,474</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.474,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.479,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.474,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.479,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.475,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.485,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.470,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.481,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.499,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.500,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.472,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.476,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.485,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.489,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.476,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.485,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.470,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.475,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.460,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.467,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.477,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.481,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.447,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.449,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.444,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.467,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.442,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.457,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.458,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.477,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.463,507</x:t>
-[...555 lines deleted...]
-        <x:is>
           <x:t>1.458,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.477,814</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>1.475,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.476,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.484,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.471,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.482,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.477,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.478,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.471,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.473,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.473,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.477,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.468,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.470,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.470,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.475,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.470,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.475,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.513,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.532,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.512,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.529,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.526,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.537,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.525,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.536,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.546,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.554,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.543,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.548,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.536,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.563,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.534,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.553,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.559,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.571,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.557,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.570,643</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>