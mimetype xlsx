--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbcfba8a859c486b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf743ab33b9a44626" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7808147372954cea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b67ebea0dbc404c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52a3632fd8a54fb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7808147372954cea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ae15ac6239a4ae6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b67ebea0dbc404c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FV Technologie Wasserstoff</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QLZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>1.570,643</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.573,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.585,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.556,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.578,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.593,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.596,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.590,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.591,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.612,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.618,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.599,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.610,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.611,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.617,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.601,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.610,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.592,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.594,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.584,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.590,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.593,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.594,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.571,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.586,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.594,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.603,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.587,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.602,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.607,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.617,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.576,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.589,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.587,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.599,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.581,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.583,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.568,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.610,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.568,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.605,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.618,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.638,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.612,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.634,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.638,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.650,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.634,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.648,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.626,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.628,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.587,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.594,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.626,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.628,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.587,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.594,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.625,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.626,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.614,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.614,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.629,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.635,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.627,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.627,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.636,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.640,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.633,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.637,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.662,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.664,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.635,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.636,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.636,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.655,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.622,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.653,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.654,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.660,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.652,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.656,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.649,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.652,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.639,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.639,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.666,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.677,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.657,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.675,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.665,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.666,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.650,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.663,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.668,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.680,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.666,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.673,983</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>