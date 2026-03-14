--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf743ab33b9a44626" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R592fc5de49194dcd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b67ebea0dbc404c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7faa1ec3e37d4179"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ae15ac6239a4ae6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b67ebea0dbc404c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ac06b9c25884342" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7faa1ec3e37d4179" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FV Technologie Wasserstoff</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QLZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.629,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.635,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.627,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.627,941</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.668,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.680,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.666,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.673,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.663,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.670,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.653,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.659,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.668,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.693,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.666,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.684,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.694,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.709,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.693,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.704,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.697,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.706,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.670,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.682,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.685,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.691,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.666,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.672,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.640,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.681,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.636,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.677,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.660,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.661,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.618,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.627,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.626,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.662,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.624,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.657,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.655,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.669,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.625,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.626,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.630,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.631,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.578,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.584,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.543,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.568,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.543,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.567,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.608,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.621,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.594,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.615,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.599,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.617,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.594,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.602,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.606,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.614,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.601,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.613,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.614,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.624,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.594,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.597,283</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>