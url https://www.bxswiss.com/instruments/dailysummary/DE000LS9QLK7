--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1aed3c7186c4a55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0a0070dc05d4829" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec807047077e4fda"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cb019ea1f5d4935"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redd32b47d40941ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec807047077e4fda" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12fca8d3205d4f80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cb019ea1f5d4935" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alpha AI Sustainable</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QLK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,77 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...419 lines deleted...]
-          <x:t>123,952</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,346</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,663</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,422</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>