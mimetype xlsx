--- v1 (2025-10-26)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0a0070dc05d4829" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re01b931db0974f81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cb019ea1f5d4935"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68a90c5aabdb47f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12fca8d3205d4f80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cb019ea1f5d4935" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R295f8ae697b54c8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68a90c5aabdb47f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alpha AI Sustainable</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QLK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>133,422</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,411</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>