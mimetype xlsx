--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re01b931db0974f81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2079c2c731c649db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68a90c5aabdb47f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52b5340d562248f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R295f8ae697b54c8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68a90c5aabdb47f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70671e78ff584e21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52b5340d562248f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alpha AI Sustainable</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QLK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>136,411</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,584</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>