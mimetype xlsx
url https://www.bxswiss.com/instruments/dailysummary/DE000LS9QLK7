--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2079c2c731c649db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reea9d18ac6ca40f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52b5340d562248f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8dc247e01b3c4d9c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70671e78ff584e21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52b5340d562248f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0caa8965a9b74b29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8dc247e01b3c4d9c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alpha AI Sustainable</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QLK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,545</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,051</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>