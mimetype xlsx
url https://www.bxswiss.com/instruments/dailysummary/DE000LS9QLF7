--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac846ed96b694d4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6c110dfe3844af8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd82cf6e47d6949c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d265b258a2e4f40"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb021876b30c43bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd82cf6e47d6949c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc276a2090cf45a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d265b258a2e4f40" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualitaet von morgen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QLF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>66,260</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,771</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>