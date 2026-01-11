--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6c110dfe3844af8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra37c1563330a4b02" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d265b258a2e4f40"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R778f649290744817"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc276a2090cf45a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d265b258a2e4f40" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce96de55de6f43fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R778f649290744817" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualitaet von morgen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QLF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,53 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,234</x:t>
@@ -764,31 +312,301 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,033</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>