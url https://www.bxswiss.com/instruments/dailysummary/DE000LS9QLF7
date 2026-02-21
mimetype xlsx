--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra37c1563330a4b02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d7eae7a3ab34290" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R778f649290744817"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R121ecd35e69940cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce96de55de6f43fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R778f649290744817" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f6f8ce6a8484659" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R121ecd35e69940cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualitaet von morgen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QLF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,586 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>65,033</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,680</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>