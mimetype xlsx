--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d7eae7a3ab34290" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2dd6d44558b4ef1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R121ecd35e69940cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1b31abdcd9441dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f6f8ce6a8484659" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R121ecd35e69940cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd07f921e3944a86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1b31abdcd9441dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualitaet von morgen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QLF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,449 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...397 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,796</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -704,31 +305,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,007</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>