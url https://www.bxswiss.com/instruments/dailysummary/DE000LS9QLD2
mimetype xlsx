--- v0 (2025-10-25)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5e36cf61a924101" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4ce0841bb8e4ee7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re84e736f1f064668"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ddb6c42ff4b4542"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0778ae2890874c51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re84e736f1f064668" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16c16534ac034aac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ddb6c42ff4b4542" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DigitalPayment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QLD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>94,490</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,340</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>