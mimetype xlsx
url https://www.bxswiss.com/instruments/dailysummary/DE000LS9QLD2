--- v1 (2026-01-08)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4ce0841bb8e4ee7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3280c1a1e034b83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ddb6c42ff4b4542"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4097342c3cbd4d2d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16c16534ac034aac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ddb6c42ff4b4542" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf784727ee0f4285" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4097342c3cbd4d2d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DigitalPayment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QLD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>91,340</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,103</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>