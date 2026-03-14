--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3280c1a1e034b83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76ecd4b546144a0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4097342c3cbd4d2d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e5c60b08a2a4afe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf784727ee0f4285" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4097342c3cbd4d2d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c8032c95b4d4119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e5c60b08a2a4afe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DigitalPayment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QLD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...171 lines deleted...]
-          <x:t>81,161</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,107</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...246 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,636</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,218</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>