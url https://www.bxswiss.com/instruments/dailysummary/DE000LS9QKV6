--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69910a80fc234c4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R949331be63a54041" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9e27829f0874bcc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R123c5bbbd453434d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c3cb2715fbc4ad7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9e27829f0874bcc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0fa37cfbc254e88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R123c5bbbd453434d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mobile Payment Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QKV6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,366</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...364 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,429</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,740</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>