--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R949331be63a54041" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91c1669591484908" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R123c5bbbd453434d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58d4ff6093ea4fa3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0fa37cfbc254e88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R123c5bbbd453434d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91438d43c6d345db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58d4ff6093ea4fa3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mobile Payment Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QKV6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>109,740</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,592</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>