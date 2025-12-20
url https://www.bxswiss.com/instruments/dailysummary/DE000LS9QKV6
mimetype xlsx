--- v2 (2025-12-20)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91c1669591484908" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1291a189920543b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58d4ff6093ea4fa3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b631b88c0f34620"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91438d43c6d345db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58d4ff6093ea4fa3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccd75348acc041ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b631b88c0f34620" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mobile Payment Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QKV6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,070</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>