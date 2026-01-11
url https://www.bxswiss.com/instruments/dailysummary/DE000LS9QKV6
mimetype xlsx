--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1291a189920543b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R717b6d1c1d824da9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b631b88c0f34620"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcad377f5d90f4930"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccd75348acc041ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b631b88c0f34620" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R697dff0d8ecc49d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcad377f5d90f4930" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mobile Payment Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QKV6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>108,861</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,702</x:t>
-[...313 lines deleted...]
-          <x:t>108,024</x:t>
+          <x:t>108,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,292</x:t>
-[...161 lines deleted...]
-          <x:t>107,592</x:t>
+          <x:t>109,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,808</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>