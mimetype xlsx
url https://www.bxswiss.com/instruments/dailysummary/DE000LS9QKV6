--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R717b6d1c1d824da9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40f6c88166974503" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcad377f5d90f4930"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ddfa2ff8e204dc2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R697dff0d8ecc49d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcad377f5d90f4930" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e1d95e077e04c08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ddfa2ff8e204dc2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mobile Payment Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QKV6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>110,808</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,424</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>