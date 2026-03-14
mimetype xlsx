--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40f6c88166974503" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20be184b48d8434a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ddfa2ff8e204dc2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R565a5725ed3646ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e1d95e077e04c08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ddfa2ff8e204dc2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21e230117319453a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R565a5725ed3646ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mobile Payment Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QKV6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,128</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,121</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>