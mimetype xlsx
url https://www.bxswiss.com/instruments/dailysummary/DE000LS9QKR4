--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3666595a8e9a4578" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83495e1fd7464c42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13ba87411e20454a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8ddbe984dc74c9c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6987345c31384b16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13ba87411e20454a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R574db5326a2b483f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8ddbe984dc74c9c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Artificial Intelligence Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QKR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>356,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>356,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>354,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>354,965</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>374,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>375,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>371,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>373,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,667</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>