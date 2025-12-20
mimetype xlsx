--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83495e1fd7464c42" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34df63fe70cd4057" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8ddbe984dc74c9c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc048dda3742c4df8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R574db5326a2b483f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8ddbe984dc74c9c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcac25cdb5d054c73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc048dda3742c4df8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Artificial Intelligence Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QKR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>364,667</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,685</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>