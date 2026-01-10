--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34df63fe70cd4057" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3e034993fbb4211" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc048dda3742c4df8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re871720b4caf49f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcac25cdb5d054c73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc048dda3742c4df8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2179cf4e94945fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re871720b4caf49f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Artificial Intelligence Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QKR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>364,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>366,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>361,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>365,171</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>343,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>349,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>347,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,362</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>