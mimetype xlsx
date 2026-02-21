--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3e034993fbb4211" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f27a80a6d784c6f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re871720b4caf49f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb6e247fdcdb429c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2179cf4e94945fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re871720b4caf49f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R619c224f40684e31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb6e247fdcdb429c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Artificial Intelligence Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QKR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...441 lines deleted...]
-          <x:t>367,537</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>358,378</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>364,362</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,002</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>