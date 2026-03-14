--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f27a80a6d784c6f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red005eaa6aa9406d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb6e247fdcdb429c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45e38a6c7706433a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R619c224f40684e31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb6e247fdcdb429c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52c2a1b6663e4fb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45e38a6c7706433a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Artificial Intelligence Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QKR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>355,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>357,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>350,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>353,428</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>357,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>359,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>354,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>357,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,133</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>