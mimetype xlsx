--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R065d6542978848e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48b78afbd0f2426a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11cb2972bf514873"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R267d5876fc034139"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7088be142374449" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11cb2972bf514873" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d4e479a9b7e4bae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R267d5876fc034139" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>takeover branchenkenner in-side</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QKN3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,637 +149,124 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>129,420</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>129,244</x:t>
-[...312 lines deleted...]
-        <x:is>
           <x:t>129,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>130,055</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>129,833</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,576</x:t>
         </x:is>
       </x:c>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,478</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>