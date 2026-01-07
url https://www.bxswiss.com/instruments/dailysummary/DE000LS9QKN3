--- v1 (2025-10-31)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48b78afbd0f2426a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcce143a06b2490e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R267d5876fc034139"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b235810250c4f42"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d4e479a9b7e4bae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R267d5876fc034139" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b7c210a1d34421d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b235810250c4f42" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>takeover branchenkenner in-side</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QKN3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>124,478</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,258</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>