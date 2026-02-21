--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcce143a06b2490e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16e08c52776f4749" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b235810250c4f42"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d9e1d9975a446ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b7c210a1d34421d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b235810250c4f42" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59b76a1e12db4171" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d9e1d9975a446ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>takeover branchenkenner in-side</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QKN3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>126,258</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,848</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>