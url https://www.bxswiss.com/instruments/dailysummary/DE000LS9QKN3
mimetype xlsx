--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16e08c52776f4749" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7275e35e550471d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d9e1d9975a446ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d1ee58dd78b4b27"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59b76a1e12db4171" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d9e1d9975a446ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdfa97627b644baf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d1ee58dd78b4b27" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>takeover branchenkenner in-side</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QKN3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,104 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...284 lines deleted...]
-          <x:t>123,924</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,838</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.02.2026</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,606</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,529</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>