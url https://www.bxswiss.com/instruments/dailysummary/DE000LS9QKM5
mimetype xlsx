--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b093d749d7a4fde" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f95fbe641a74bad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e711a7337234434"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6eb5a4b1ad1c408a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2b31b5507554a14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e711a7337234434" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1470ffd8557d4320" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6eb5a4b1ad1c408a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global--Tec</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QKM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,435 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...383 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,598</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -744,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,053</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>