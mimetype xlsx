--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f95fbe641a74bad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R177a6b3bb1fc4002" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6eb5a4b1ad1c408a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ea6c935a12c4402"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1470ffd8557d4320" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6eb5a4b1ad1c408a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4ca61f1bd1d4d11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ea6c935a12c4402" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global--Tec</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QKM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>193,053</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,799</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>