--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R177a6b3bb1fc4002" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd19f0ac2fd834d35" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ea6c935a12c4402"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf4a8ee5f3314197"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4ca61f1bd1d4d11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ea6c935a12c4402" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbf80be619534f71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf4a8ee5f3314197" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global--Tec</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QKM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,237</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>