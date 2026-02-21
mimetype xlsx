--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd19f0ac2fd834d35" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R957003a4759c4193" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf4a8ee5f3314197"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2655e90306eb4e75"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbf80be619534f71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf4a8ee5f3314197" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red93da44783d452f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2655e90306eb4e75" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global--Tec</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QKM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>198,820</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,196</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>