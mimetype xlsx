--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R957003a4759c4193" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2914a8709a184f99" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2655e90306eb4e75"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4384a5335b874212"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red93da44783d452f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2655e90306eb4e75" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a845f4985ad4bc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4384a5335b874212" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global--Tec</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QKM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,305</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,861</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>