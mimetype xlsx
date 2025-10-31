--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R023c0cc3110f49ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83bdcd496764435c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc70e6e3fdc6d4759"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5704255febd84453"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4309dc08201b4ebd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc70e6e3fdc6d4759" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf239aea64d5f4135" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5704255febd84453" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrend Cleantech Wasserstoff</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QKK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,787</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,319</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>