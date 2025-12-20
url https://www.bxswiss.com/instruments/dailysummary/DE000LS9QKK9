--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83bdcd496764435c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f9bf49a2b5546fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5704255febd84453"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fba948adfa24a52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf239aea64d5f4135" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5704255febd84453" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R102075ba79934767" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fba948adfa24a52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrend Cleantech Wasserstoff</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QKK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>124,319</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,148</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>