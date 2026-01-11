--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f9bf49a2b5546fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4216cfb71ae4e74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fba948adfa24a52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35d6a6b8d8524c02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R102075ba79934767" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fba948adfa24a52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd84bfb6ab1884b8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35d6a6b8d8524c02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrend Cleantech Wasserstoff</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QKK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,472</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>