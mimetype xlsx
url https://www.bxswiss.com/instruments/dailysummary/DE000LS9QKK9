--- v3 (2026-01-11)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4216cfb71ae4e74" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ab4ed7ff6404a7e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35d6a6b8d8524c02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8db6abcd81bc493c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd84bfb6ab1884b8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35d6a6b8d8524c02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb88d6a0526544ed9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8db6abcd81bc493c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrend Cleantech Wasserstoff</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QKK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>117,785</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,153</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>