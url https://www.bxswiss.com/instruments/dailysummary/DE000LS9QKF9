--- v0 (2025-10-25)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R276ed7bb112d490a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51a79e5515de41e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R254a4d7688164669"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02941abbbdc34d76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc11dc19508341f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R254a4d7688164669" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbcb78ae737244c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02941abbbdc34d76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Health Care Fokus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QKF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>152,933</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,369</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>