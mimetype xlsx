--- v1 (2025-12-21)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51a79e5515de41e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4550dbe0a1e84552" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02941abbbdc34d76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9bbd39742b74aae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbcb78ae737244c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02941abbbdc34d76" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ce8a5b12b794f15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9bbd39742b74aae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Health Care Fokus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QKF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>164,369</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,414</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>