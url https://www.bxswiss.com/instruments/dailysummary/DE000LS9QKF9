--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4550dbe0a1e84552" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc57378b8594041c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9bbd39742b74aae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reddd130a9cdd42c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ce8a5b12b794f15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9bbd39742b74aae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73fd2f1b92f24471" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reddd130a9cdd42c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Health Care Fokus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QKF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,527</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,463</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>