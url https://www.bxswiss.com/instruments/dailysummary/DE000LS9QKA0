--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a90abc214034a7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf52bf37242b148f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3be85dac5614bf4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2de6d390fe1c4195"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3dd7fffdbeb54d57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3be85dac5614bf4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0174887e4df54c4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2de6d390fe1c4195" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Regio Baden-Wuerttemberg</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QKA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>105,446</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,847</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>106,513</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,941</x:t>
-[...404 lines deleted...]
-          <x:t>104,528</x:t>
+          <x:t>105,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,702</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>