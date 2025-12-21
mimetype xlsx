--- v1 (2025-11-21)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf52bf37242b148f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c9379851176441b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2de6d390fe1c4195"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f2b58c1d2fe47df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0174887e4df54c4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2de6d390fe1c4195" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ceeb0e5b51e4801" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f2b58c1d2fe47df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Regio Baden-Wuerttemberg</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QKA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,894</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,284</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>