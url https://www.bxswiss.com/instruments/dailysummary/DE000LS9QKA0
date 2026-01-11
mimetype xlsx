--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c9379851176441b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9195b45eac348e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f2b58c1d2fe47df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R324adf2e62384b96"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ceeb0e5b51e4801" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f2b58c1d2fe47df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31c3a82ebc184a17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R324adf2e62384b96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Regio Baden-Wuerttemberg</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QKA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,181 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...203 lines deleted...]
-          <x:t>111,287</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,271</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...91 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,456</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...224 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,680</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,452</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>