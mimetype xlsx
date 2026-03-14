--- v3 (2026-01-11)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9195b45eac348e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b8e2a0c326b4e7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R324adf2e62384b96"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d490060773c4d20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31c3a82ebc184a17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R324adf2e62384b96" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd315f96d9ce14def" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d490060773c4d20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Regio Baden-Wuerttemberg</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QKA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>115,452</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,285</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>