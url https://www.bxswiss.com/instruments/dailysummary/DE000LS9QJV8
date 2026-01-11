--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e3a6799fafe41d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca527f64860346ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99331b62e5764aac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93e6f89af792485e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61f7951855f94df2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99331b62e5764aac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ad5d2d90fb14a6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93e6f89af792485e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MLG - Focus Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QJV8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>173,074</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,243</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>