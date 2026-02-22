--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca527f64860346ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbea924e1058947c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93e6f89af792485e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfae2386dbee3434e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ad5d2d90fb14a6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93e6f89af792485e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R963732c29b434a1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfae2386dbee3434e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MLG - Focus Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QJV8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...323 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>181,939</x:t>
-[...117 lines deleted...]
-          <x:t>186,243</x:t>
+          <x:t>180,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,237</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>