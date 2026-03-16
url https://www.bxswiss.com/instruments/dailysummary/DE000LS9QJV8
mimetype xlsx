--- v2 (2026-02-22)
+++ v3 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbea924e1058947c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69f1051824c94e62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfae2386dbee3434e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6524050b75343d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R963732c29b434a1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfae2386dbee3434e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfc862fdb71a4ba8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6524050b75343d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MLG - Focus Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QJV8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,684</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,562</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>