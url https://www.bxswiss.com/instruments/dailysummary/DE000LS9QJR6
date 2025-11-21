--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56ff71f572244e2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R908b604297f148b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10483aff0ada4f55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccd409bb996b402e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96ac1335626c4439" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10483aff0ada4f55" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0634965381b543b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccd409bb996b402e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Platform Scale</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QJR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,712</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,097</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>