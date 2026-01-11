--- v1 (2025-11-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R908b604297f148b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bf59e8ddbe649b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccd409bb996b402e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf85c5e3671064077"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0634965381b543b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccd409bb996b402e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61ff0421d8174497" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf85c5e3671064077" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Platform Scale</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QJR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...26 lines deleted...]
-          <x:t>21.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,626</x:t>
-[...576 lines deleted...]
-          <x:t>96,097</x:t>
+          <x:t>95,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>