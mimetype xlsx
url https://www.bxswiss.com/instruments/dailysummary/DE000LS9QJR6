--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bf59e8ddbe649b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc56189765f24851" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf85c5e3671064077"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0452febbecfa4ae8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61ff0421d8174497" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf85c5e3671064077" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R275f7f15e0024621" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0452febbecfa4ae8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Platform Scale</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QJR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>98,200</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,541</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>