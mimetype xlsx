--- v0 (2025-10-08)
+++ v1 (2025-11-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ed09573335345f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47ea590566db4630" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4712cab7394043e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R834392718c5e4b9d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda85ba59ff9d4686" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4712cab7394043e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a24fe782bec4635" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R834392718c5e4b9d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien-Perlen Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QJM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...490 lines deleted...]
-          <x:t>118,304</x:t>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>118,250</x:t>
-[...85 lines deleted...]
-          <x:t>123,517</x:t>
+          <x:t>119,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,761</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>