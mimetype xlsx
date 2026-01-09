--- v1 (2025-11-07)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47ea590566db4630" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b484f5c274a4b5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R834392718c5e4b9d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra87841d9e4e74418"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a24fe782bec4635" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R834392718c5e4b9d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d14ce70ca5545ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra87841d9e4e74418" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien-Perlen Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QJM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>111,761</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>