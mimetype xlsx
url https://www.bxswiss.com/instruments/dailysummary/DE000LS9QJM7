--- v2 (2026-01-09)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b484f5c274a4b5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbc9dec9b7774ef6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra87841d9e4e74418"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R434f0dce74564866"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d14ce70ca5545ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra87841d9e4e74418" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38687e6f95d447b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R434f0dce74564866" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien-Perlen Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QJM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,208 +149,74 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,717</x:t>
@@ -629,31 +495,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,673</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>