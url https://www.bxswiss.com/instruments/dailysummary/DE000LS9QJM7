--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbc9dec9b7774ef6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba96cf17296b49f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R434f0dce74564866"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb79f2bad929446c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38687e6f95d447b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R434f0dce74564866" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0caffe672c6438f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb79f2bad929446c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien-Perlen Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QJM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,404 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...371 lines deleted...]
-          <x:t>116,673</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,291</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>