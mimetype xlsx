--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba96cf17296b49f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd89a87babb664451" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb79f2bad929446c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra190e482a14444a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0caffe672c6438f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb79f2bad929446c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73af0617232f45fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra190e482a14444a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien-Perlen Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QJM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,593</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,952</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>