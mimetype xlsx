--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7882bcfad48a40ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ea75a1dc3034cc1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdedd5fc24b8240fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49a40b3a35d542b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb700b60101fa4ace" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdedd5fc24b8240fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R672beb271e194307" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49a40b3a35d542b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Defense Aviation Stocks US</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QJK1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,866</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,155</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>