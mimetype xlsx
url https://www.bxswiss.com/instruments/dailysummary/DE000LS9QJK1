--- v1 (2025-11-15)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ea75a1dc3034cc1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ddc9bddccaa4af5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49a40b3a35d542b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re695c73ac2734723"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R672beb271e194307" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49a40b3a35d542b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13e164a7e5f84ab2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re695c73ac2734723" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Defense Aviation Stocks US</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QJK1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>204,155</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,271</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>