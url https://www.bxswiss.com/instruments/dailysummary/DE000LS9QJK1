--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ddc9bddccaa4af5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1d80072b98048f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re695c73ac2734723"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb216a293fbae48e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13e164a7e5f84ab2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re695c73ac2734723" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc1426990602486e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb216a293fbae48e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Defense Aviation Stocks US</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QJK1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>247,271</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,334</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>