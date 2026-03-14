--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1d80072b98048f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R199251e4d38e4e86" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb216a293fbae48e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3e2e385de1d4552"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc1426990602486e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb216a293fbae48e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9fa5b911e944c5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3e2e385de1d4552" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Defense Aviation Stocks US</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QJK1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,905</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,459</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>