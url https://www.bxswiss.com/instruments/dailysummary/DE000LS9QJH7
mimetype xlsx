--- v0 (2025-10-26)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61ddf71e6a7a4cd8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R427176769abd439b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R006ebc6170b94986"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R414dded58383431a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd16b189fe61f45d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R006ebc6170b94986" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c801541eb324541" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R414dded58383431a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cannabis Edelmetalle Wasser</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QJH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...571 lines deleted...]
-          <x:t>77,752</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,776</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>77,698</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,201</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>