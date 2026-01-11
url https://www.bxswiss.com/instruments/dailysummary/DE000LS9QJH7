--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R427176769abd439b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc3cd6198dea41aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R414dded58383431a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc7d9b26bd5d48e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c801541eb324541" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R414dded58383431a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8c8e40a70ed475c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc7d9b26bd5d48e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cannabis Edelmetalle Wasser</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QJH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,988</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,666</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>