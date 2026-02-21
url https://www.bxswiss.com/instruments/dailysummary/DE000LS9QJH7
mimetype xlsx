--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc3cd6198dea41aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5973dc2a6d564e29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc7d9b26bd5d48e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bbe5554678b4885"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8c8e40a70ed475c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc7d9b26bd5d48e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01cf3f7e196e4956" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bbe5554678b4885" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cannabis Edelmetalle Wasser</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QJH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>90,666</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,510</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>