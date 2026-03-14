--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5973dc2a6d564e29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39e43f568d7a44a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bbe5554678b4885"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51a462bca16c42c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01cf3f7e196e4956" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bbe5554678b4885" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raef4144302ba4cd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51a462bca16c42c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cannabis Edelmetalle Wasser</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QJH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,665</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,963</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>