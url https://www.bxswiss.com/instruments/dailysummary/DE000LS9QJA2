--- v0 (2025-10-03)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4b6e78a58cd435c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2cd6889e0d14f81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d11ac9b7380404e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf5bf15d07b9421b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4e6d212860648d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d11ac9b7380404e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3372de014cc746a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf5bf15d07b9421b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best of 5G Technologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QJA2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>126,723</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>