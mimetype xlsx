--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2cd6889e0d14f81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbafd4d4f771f43e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf5bf15d07b9421b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra54657a5628043a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3372de014cc746a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf5bf15d07b9421b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff95c1510c724a4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra54657a5628043a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best of 5G Technologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QJA2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...269 lines deleted...]
-          <x:t>02.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>133,317</x:t>
-[...359 lines deleted...]
-        <x:is>
           <x:t>134,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>