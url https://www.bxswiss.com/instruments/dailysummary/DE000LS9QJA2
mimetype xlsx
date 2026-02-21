--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbafd4d4f771f43e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90ad88fb4f654953" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra54657a5628043a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ef746897e654dfa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff95c1510c724a4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra54657a5628043a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2d6e94b6fa24376" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ef746897e654dfa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best of 5G Technologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QJA2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...355 lines deleted...]
-          <x:t>135,774</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>135,632</x:t>
-[...85 lines deleted...]
-          <x:t>137,000</x:t>
+          <x:t>136,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,466</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>