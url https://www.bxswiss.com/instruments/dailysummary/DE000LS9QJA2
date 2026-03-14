--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90ad88fb4f654953" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c9bd60683e64808" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ef746897e654dfa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60d3227111d44e17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2d6e94b6fa24376" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ef746897e654dfa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fc87cc845944c15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60d3227111d44e17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best of 5G Technologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QJA2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,058</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,396</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>