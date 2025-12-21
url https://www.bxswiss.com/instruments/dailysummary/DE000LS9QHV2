--- v0 (2025-10-04)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f45eff8a63342a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R232651405ec1404d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re63422d6eb2a4a8d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65c3e1d01bd54207"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63051b3129e24a01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re63422d6eb2a4a8d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cc325aae85e4428" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65c3e1d01bd54207" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltig-Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QHV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>134,762</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,365</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>