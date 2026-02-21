--- v1 (2025-12-21)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R232651405ec1404d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4dc534c24b24d7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65c3e1d01bd54207"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5365313e5234a02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cc325aae85e4428" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65c3e1d01bd54207" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05a7b5724baa4452" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5365313e5234a02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltig-Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QHV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,626 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>137,365</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,926</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>