--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4dc534c24b24d7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb16a8794fa44b0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5365313e5234a02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R414b500e2bac434f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05a7b5724baa4452" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5365313e5234a02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3e79a9806ff45a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R414b500e2bac434f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltig-Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QHV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,408 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...356 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,947</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -744,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,354</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>